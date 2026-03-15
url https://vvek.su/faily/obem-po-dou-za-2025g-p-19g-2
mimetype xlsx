--- v0 (2026-02-23)
+++ v1 (2026-03-15)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\ОБМЕН\ДЕПАРТАМЕНТ ТРАНСПОРТА и УЧЕТА\Савинова работа\Отчетность\Раскрытие информаци  к 01 марта\за 2025г\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\ОБМЕН\ДЕПАРТАМЕНТ ТРАНСПОРТА и УЧЕТА\Отчетность\Раскрытие информаци  к 01 марта\за 2025г\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E067C7B5-0155-4D7F-B3A6-E89A2FADBA1C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0CDD21DB-9CAA-43E9-B9A6-1C7BC5D9F707}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1275" yWindow="825" windowWidth="23775" windowHeight="13680" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="3840" yWindow="660" windowWidth="23955" windowHeight="14580" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C8" i="3" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
     <t>№ п/п</t>
   </si>
   <si>
@@ -61,54 +61,55 @@
   <si>
     <t>в том числе по уровням напряжения</t>
   </si>
   <si>
     <t>ВН</t>
   </si>
   <si>
     <t>СН1</t>
   </si>
   <si>
     <t>СН2</t>
   </si>
   <si>
     <t>НН</t>
   </si>
   <si>
     <t xml:space="preserve">Наименование сетевой организации </t>
   </si>
   <si>
     <t>абзац 2 п. 19 "г" ПП РФ № 24 от 21.01.2004г.</t>
   </si>
   <si>
     <t xml:space="preserve">АО "Верхне-Волжская энергетическая компания"      </t>
   </si>
   <si>
-    <t>Объем услуг по передаче электрической энергии  (объем поступления в сеть АО "ВВЭК"), тыс. кВт*ч</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Объем переданной электроэнергии по договору об оказании услуг по передаче электроэнергии потребителям сетевой организации АО "Верхне-Волжская энергетическая компания" в разрезе уровней напряжения, используемых для ценообразования, за 2025г.                                                                                                           </t>
+  </si>
+  <si>
+    <t>Объем услуг по передаче электрической энергии  
+(объем электроэнергии, отпущенной в точках поставки, совпадающих с точками поставки Потребителей, в которых определяются обязательства по договорам), тыс. кВт*ч</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.000"/>
   </numFmts>
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
@@ -577,100 +578,100 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{85B97841-3A5E-43DC-8950-96815047C8D1}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H11" sqref="H11"/>
+      <selection activeCell="C6" sqref="C6:C7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="33" customWidth="1"/>
     <col min="3" max="7" width="12.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="G1" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="G2" s="3"/>
     </row>
     <row r="3" spans="1:9" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B3" s="8"/>
       <c r="C3" s="8"/>
       <c r="D3" s="8"/>
       <c r="E3" s="8"/>
       <c r="F3" s="8"/>
       <c r="G3" s="8"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
     </row>
-    <row r="5" spans="1:9" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="9" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="12" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D5" s="12"/>
       <c r="E5" s="12"/>
       <c r="F5" s="12"/>
       <c r="G5" s="12"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="10"/>
       <c r="B6" s="10"/>
       <c r="C6" s="9" t="s">
         <v>1</v>
       </c>
       <c r="D6" s="13" t="s">
         <v>2</v>
       </c>
       <c r="E6" s="14"/>
       <c r="F6" s="14"/>
       <c r="G6" s="15"/>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="11"/>