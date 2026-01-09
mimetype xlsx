--- v0 (2025-10-09)
+++ v1 (2026-01-09)
@@ -1,120 +1,125 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="21231"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\ДИСК\ВВЭК\Раскрытие информации\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\ДИСК\ВВЭК\Решения\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{60B14D6A-FC03-4C9B-90D2-FCF075D48D9C}" xr6:coauthVersionLast="40" xr6:coauthVersionMax="40" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576"/>
   </bookViews>
   <sheets>
     <sheet name="Лист2" sheetId="2" r:id="rId1"/>
     <sheet name="Лист3" sheetId="3" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="B7" i="2" l="1"/>
+  <c r="B8" i="2"/>
   <c r="B9" i="2" l="1"/>
-  <c r="B10" i="2" s="1"/>
+  <c r="B10" i="2"/>
   <c r="B11" i="2" s="1"/>
   <c r="B12" i="2" s="1"/>
-  <c r="B13" i="2" s="1"/>
+  <c r="B13" i="2" l="1"/>
   <c r="B14" i="2" s="1"/>
   <c r="B15" i="2" s="1"/>
   <c r="B16" i="2" s="1"/>
   <c r="B17" i="2" s="1"/>
   <c r="B18" i="2" s="1"/>
   <c r="B19" i="2" s="1"/>
   <c r="B20" i="2" s="1"/>
   <c r="B21" i="2" s="1"/>
   <c r="B22" i="2" s="1"/>
   <c r="B23" i="2" s="1"/>
   <c r="B24" i="2" s="1"/>
   <c r="B25" i="2" s="1"/>
   <c r="B26" i="2" s="1"/>
   <c r="B27" i="2" s="1"/>
   <c r="B28" i="2" s="1"/>
   <c r="B29" i="2" s="1"/>
   <c r="B30" i="2" s="1"/>
   <c r="B31" i="2" s="1"/>
   <c r="B32" i="2" s="1"/>
   <c r="B33" i="2" s="1"/>
   <c r="B34" i="2" s="1"/>
   <c r="B35" i="2" s="1"/>
   <c r="B36" i="2" s="1"/>
   <c r="B37" i="2" s="1"/>
   <c r="B38" i="2" s="1"/>
   <c r="B39" i="2" s="1"/>
   <c r="B40" i="2" s="1"/>
   <c r="B41" i="2" s="1"/>
   <c r="B42" i="2" s="1"/>
   <c r="B43" i="2" s="1"/>
   <c r="B44" i="2" s="1"/>
   <c r="B45" i="2" s="1"/>
   <c r="B46" i="2" s="1"/>
   <c r="B47" i="2" s="1"/>
   <c r="B48" i="2" s="1"/>
   <c r="B49" i="2" s="1"/>
   <c r="B50" i="2" s="1"/>
   <c r="B51" i="2" s="1"/>
-  <c r="B8" i="2"/>
-  <c r="B7" i="2"/>
+  <c r="B52" i="2" s="1"/>
+  <c r="B53" i="2" s="1"/>
+  <c r="B54" i="2" s="1"/>
+  <c r="B55" i="2" s="1"/>
+  <c r="B56" i="2" s="1"/>
+  <c r="B57" i="2" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="143" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="142">
   <si>
     <t xml:space="preserve">от 25 декабря 2018 г. N 57/5
 </t>
   </si>
   <si>
     <t xml:space="preserve">Сетевое издание "Нижегородская правда" http://www.pravda-nn.ru, 28.12.2018
 </t>
   </si>
   <si>
     <t xml:space="preserve">от 20 декабря 2018 г. N 56/1
 </t>
   </si>
   <si>
     <t xml:space="preserve">Сетевое издание "Нижегородская правда" http://www.pravda-nn.ru, 27.12.2018
 </t>
   </si>
   <si>
     <t xml:space="preserve">от 20 декабря 2018 г. N 56/2
 </t>
   </si>
   <si>
     <t xml:space="preserve">от 20 декабря 2017 г. N 67/13
 </t>
   </si>
   <si>
@@ -639,55 +644,103 @@
   </si>
   <si>
     <t xml:space="preserve">Об установлении индивидуальных тарифов на услуги по передаче электрической энергии для для расчетов публичного акционерного общества «Россети Центр и Приволжье» (ИНН 5260200603), г. Нижний Новгород, за услуги по передаче электрической энергии, оказываемые сетевой организацией АО "ВВЭК" на 2025 - 2029 годы </t>
   </si>
   <si>
     <t>https://rst.nobl.ru/activity/6749/?nav-documents=page-2</t>
   </si>
   <si>
     <t>Об утверждении стандартизированных п тарифных ставок для расчета платы за технологическое присоединение к электрическим сетям территориальных сетевых организаций на территории Нижегородской области на 2025 год</t>
   </si>
   <si>
     <t>от 15.11.2024 № 54/1</t>
   </si>
   <si>
     <t>от 15.11.2024 № 54/2</t>
   </si>
   <si>
     <t>Об установлении льготной ставки за 1 кВт запрашиваемой максимальной мощности и об определении размера выпадающих доходов сетевых организаций, оказывающих услуги по передаче электрической энергии на территории Нижегородской области, связанных с осуществлением технологического присоединения к электрическим сетям, на 2025 год</t>
   </si>
   <si>
     <t>https://rst.nobl.ru/activity/6749/?nav-documents=page-15</t>
   </si>
   <si>
     <t>https://rst.nobl.ru/activity/6749/?nav-documents=page-16</t>
   </si>
+  <si>
+    <t>Об определении размера выпадающих доходов сетевых организаций, оказывающих услуги по передаче электрической энергии на территории Нижегородской области, связанных с осуществлением технологического присоединения к электрическим сетям, на 2026 год</t>
+  </si>
+  <si>
+    <t>от 04.12.2025 № 56/1</t>
+  </si>
+  <si>
+    <t>от 27.11.2025 № 52/2</t>
+  </si>
+  <si>
+    <t>от 27.11.2025 № 52/1</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Об утверждении стандартизированных тарифных ставок для расчета платы за технологическое присоединение к электрическим сетям территориальных сетевых организаций на территории Нижегородской области на 2026 год</t>
+  </si>
+  <si>
+    <t>Об установлении льготной ставки за 1 кВт запрашиваемой максимальной мощности на 2026 год</t>
+  </si>
+  <si>
+    <t>Письмо РСТ от 28.11.2025 № исх-516-628593/25 вх№ ЭК-1832 от 09.12.2025 "О направлении заверенных копий решений РСТ Нижегородской области"</t>
+  </si>
+  <si>
+    <t>Письмо РСТ от 08.12.2025 № исх-516-647039/25 вх№ ЭК-1860 от 15.12.2025 "О направлении выписки из решения РСТ Нижегородской области"</t>
+  </si>
+  <si>
+    <t>от 23.12.2025 № 63/3</t>
+  </si>
+  <si>
+    <t>Письмо РСТ от 23.12.2025 № исх-516-684203/25  "О направлении заверенных копий решений РСТ Нижегородской области"</t>
+  </si>
+  <si>
+    <t>от 23.12.2025 №63/4</t>
+  </si>
+  <si>
+    <t>О внесении изменения в решение региональной службы по тарифам Нижегородской области от 27 ноября 2025г. № 52/2 "Об установлениильготной ставки за 1 кВт запрашиваемой максимальной мощности на 2026 год"</t>
+  </si>
+  <si>
+    <t>О внесении изменения в решение региональной службы по тарифам Нижегородской области от 27 ноября 2025г. № 52/1 "Об утверждении стандартизированных тарифных ставок для расчета платы за технологическое присоединение к электрическим сетям территориальных сетевых организаций на территории Нижегородской области на 2026 год"</t>
+  </si>
+  <si>
+    <t>от 12.12.2025 № 59/2</t>
+  </si>
+  <si>
+    <t>О внесении изменений в некоторые решения региональной службы по тарифам Нижегородской области об установлении индивидуальных тарифов на услуги по передаче электрической энергии"</t>
+  </si>
+  <si>
+    <t>Письмо РСТ от 08.12.2025 № исх-516-647039/25  "О направлении выписки из решения, экспертного заключения и выписки из протокола заседания правления РСТ Нижегородской области"</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial Cyr"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -706,123 +759,155 @@
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="5" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="5" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Гиперссылка" xfId="5" builtinId="8"/>
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
-    <cellStyle name="Обычный 2 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
-[...2 lines deleted...]
-    <cellStyle name="Обычный 7" xfId="2" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
+    <cellStyle name="Обычный 2 2" xfId="1"/>
+    <cellStyle name="Обычный 4" xfId="4"/>
+    <cellStyle name="Обычный 6 2 3" xfId="3"/>
+    <cellStyle name="Обычный 7" xfId="2"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -878,119 +963,85 @@
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -1126,801 +1177,890 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rst.nobl.ru/activity/6749/?nav-documents=page-15" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rstno.government-nnov.ru/documents/other/62166/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rst.nobl.ru/activity/6749/?nav-documents=page-2" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rstno.ru/regulatory/resheniya-regionalnoy-sluzhby-po-tarifam-nizhegorodskoy-oblasti-za-2021-god.php?clear_cache=Y" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rstno.ru/regulatory/resheniya-regionalnoy-sluzhby-po-tarifam-nizhegorodskoy-oblasti-za-2021-god.php?clear_cache=Y" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rst.nobl.ru/activity/6749/?filter%5Bdocuments%5D%5Bname%5D=&#1089;&#1090;&#1072;&#1085;&#1076;&#1072;" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rstno.government-nnov.ru/documents/all/?filter%5Bdocuments%5D%5Bname%5D=%D0%BB%D1%8C%D0%B3" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rstno.government-nnov.ru/documents/all/?filter%5Bdocuments%5D%5Bname%5D=%D1%81%D1%82%D0%B0%D0%BD%D0%B4%D0%B0" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rst.nobl.ru/activity/6749/?nav-documents=page-15" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B2:E51"/>
+  <dimension ref="B2:E57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H7" sqref="H7"/>
+      <selection activeCell="F8" sqref="F8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="3" max="3" width="22.44140625" customWidth="1"/>
     <col min="4" max="4" width="68.33203125" customWidth="1"/>
     <col min="5" max="5" width="36.6640625" customWidth="1"/>
     <col min="6" max="6" width="24.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:5" ht="45.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B2" s="9" t="s">
+      <c r="B2" s="11" t="s">
         <v>71</v>
       </c>
-      <c r="C2" s="9"/>
-[...1 lines deleted...]
-      <c r="E2" s="9"/>
+      <c r="C2" s="11"/>
+      <c r="D2" s="11"/>
+      <c r="E2" s="11"/>
     </row>
     <row r="5" spans="2:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="B5" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>44</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="6" spans="2:5" ht="72" x14ac:dyDescent="0.3">
-      <c r="B6" s="11">
+    <row r="6" spans="2:5" s="6" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B6" s="2">
         <v>1</v>
       </c>
-      <c r="C6" s="11" t="s">
-        <v>117</v>
+      <c r="C6" s="2" t="s">
+        <v>139</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>118</v>
-[...7 lines deleted...]
-        <f>B6+1</f>
+        <v>140</v>
+      </c>
+      <c r="E6" s="4" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="7" spans="2:5" s="6" customFormat="1" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="B7" s="10">
+        <f t="shared" ref="B7:B12" si="0">B6+1</f>
         <v>2</v>
       </c>
-      <c r="C7" s="11" t="s">
-        <v>121</v>
+      <c r="C7" s="2" t="s">
+        <v>136</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>120</v>
-[...7 lines deleted...]
-        <f>B7+1</f>
+        <v>137</v>
+      </c>
+      <c r="E7" s="4" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="8" spans="2:5" s="6" customFormat="1" ht="85.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B8" s="10">
+        <f t="shared" si="0"/>
         <v>3</v>
       </c>
-      <c r="C8" s="11" t="s">
-        <v>122</v>
+      <c r="C8" s="2" t="s">
+        <v>134</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>123</v>
-[...7 lines deleted...]
-        <f t="shared" ref="B9:B51" si="0">B8+1</f>
+        <v>138</v>
+      </c>
+      <c r="E8" s="4" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="9" spans="2:5" s="6" customFormat="1" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="B9" s="10">
+        <f t="shared" si="0"/>
         <v>4</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>116</v>
+        <v>127</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>114</v>
-[...6 lines deleted...]
-      <c r="B10" s="11">
+        <v>126</v>
+      </c>
+      <c r="E9" s="4" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="10" spans="2:5" s="6" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B10" s="10">
         <f t="shared" si="0"/>
         <v>5</v>
       </c>
-      <c r="C10" s="4" t="s">
-        <v>113</v>
+      <c r="C10" s="2" t="s">
+        <v>128</v>
       </c>
       <c r="D10" s="4" t="s">
-        <v>111</v>
-[...6 lines deleted...]
-      <c r="B11" s="11">
+        <v>131</v>
+      </c>
+      <c r="E10" s="12" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="11" spans="2:5" s="6" customFormat="1" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="B11" s="10">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>109</v>
+        <v>129</v>
       </c>
       <c r="D11" s="4" t="s">
-        <v>108</v>
-[...6 lines deleted...]
-      <c r="B12" s="11">
+        <v>130</v>
+      </c>
+      <c r="E11" s="13"/>
+    </row>
+    <row r="12" spans="2:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="B12" s="10">
         <f t="shared" si="0"/>
         <v>7</v>
       </c>
-      <c r="C12" s="2" t="s">
+      <c r="C12" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="E12" s="9" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="13" spans="2:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="B13" s="10">
+        <f>B12+1</f>
+        <v>8</v>
+      </c>
+      <c r="C13" s="10" t="s">
+        <v>121</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="E13" s="9" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="14" spans="2:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="B14" s="10">
+        <f>B13+1</f>
+        <v>9</v>
+      </c>
+      <c r="C14" s="10" t="s">
+        <v>122</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="E14" s="9" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="15" spans="2:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="B15" s="10">
+        <f t="shared" ref="B15:B57" si="1">B14+1</f>
+        <v>10</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="E15" s="7" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="16" spans="2:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B16" s="10">
+        <f t="shared" si="1"/>
+        <v>11</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="E16" s="4" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="17" spans="2:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="B17" s="10">
+        <f t="shared" si="1"/>
+        <v>12</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="E17" s="4" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="18" spans="2:5" s="6" customFormat="1" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="B18" s="10">
+        <f t="shared" si="1"/>
+        <v>13</v>
+      </c>
+      <c r="C18" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="D12" s="4" t="s">
+      <c r="D18" s="4" t="s">
         <v>100</v>
       </c>
-      <c r="E12" s="7" t="s">
+      <c r="E18" s="7" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="13" spans="2:5" s="6" customFormat="1" ht="100.8" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <f t="shared" si="0"/>
+    <row r="19" spans="2:5" s="6" customFormat="1" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="B19" s="10">
+        <f t="shared" si="1"/>
+        <v>14</v>
+      </c>
+      <c r="C19" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="E19" s="7" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="20" spans="2:5" s="6" customFormat="1" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="B20" s="10">
+        <f t="shared" si="1"/>
+        <v>15</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="21" spans="2:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="B21" s="10">
+        <f t="shared" si="1"/>
+        <v>16</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="E21" s="4" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="22" spans="2:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="B22" s="10">
+        <f t="shared" si="1"/>
+        <v>17</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="E22" s="4" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="23" spans="2:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="B23" s="10">
+        <f t="shared" si="1"/>
+        <v>18</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="E23" s="4" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="24" spans="2:5" s="6" customFormat="1" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="B24" s="10">
+        <f t="shared" si="1"/>
+        <v>19</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="E24" s="4" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="25" spans="2:5" s="6" customFormat="1" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="B25" s="10">
+        <f t="shared" si="1"/>
+        <v>20</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="E25" s="4" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="26" spans="2:5" s="6" customFormat="1" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="B26" s="10">
+        <f t="shared" si="1"/>
+        <v>21</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="E26" s="4" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="27" spans="2:5" s="6" customFormat="1" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="B27" s="10">
+        <f t="shared" si="1"/>
+        <v>22</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="E27" s="7" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="28" spans="2:5" s="6" customFormat="1" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="B28" s="10">
+        <f t="shared" si="1"/>
+        <v>23</v>
+      </c>
+      <c r="C28" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="E28" s="7" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="29" spans="2:5" s="6" customFormat="1" ht="141" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B29" s="10">
+        <f t="shared" si="1"/>
+        <v>24</v>
+      </c>
+      <c r="C29" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="E29" s="4" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="30" spans="2:5" s="6" customFormat="1" ht="99.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B30" s="10">
+        <f t="shared" si="1"/>
+        <v>25</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="E30" s="4" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="31" spans="2:5" s="6" customFormat="1" ht="91.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B31" s="10">
+        <f t="shared" si="1"/>
+        <v>26</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="E31" s="4" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="32" spans="2:5" s="6" customFormat="1" ht="131.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B32" s="10">
+        <f t="shared" si="1"/>
+        <v>27</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="E32" s="4" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="33" spans="2:5" ht="100.8" x14ac:dyDescent="0.3">
+      <c r="B33" s="10">
+        <f t="shared" si="1"/>
+        <v>28</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="34" spans="2:5" ht="146.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B34" s="10">
+        <f t="shared" si="1"/>
+        <v>29</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="35" spans="2:5" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="B35" s="10">
+        <f t="shared" si="1"/>
+        <v>30</v>
+      </c>
+      <c r="C35" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="36" spans="2:5" ht="151.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B36" s="10">
+        <f t="shared" si="1"/>
+        <v>31</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="E36" s="4" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="37" spans="2:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="B37" s="10">
+        <f t="shared" si="1"/>
+        <v>32</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="D37" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="E37" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="38" spans="2:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="B38" s="10">
+        <f t="shared" si="1"/>
+        <v>33</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="D38" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="E38" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="39" spans="2:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="B39" s="10">
+        <f t="shared" si="1"/>
+        <v>34</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="E39" s="4" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="40" spans="2:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="B40" s="10">
+        <f t="shared" si="1"/>
+        <v>35</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="E40" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="C13" s="8" t="s">
-[...11 lines deleted...]
-        <f t="shared" si="0"/>
+    </row>
+    <row r="41" spans="2:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="B41" s="10">
+        <f t="shared" si="1"/>
+        <v>36</v>
+      </c>
+      <c r="C41" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="C14" s="2" t="s">
-[...11 lines deleted...]
-        <f t="shared" si="0"/>
+      <c r="D41" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="E41" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="C15" s="2" t="s">
-[...11 lines deleted...]
-        <f t="shared" si="0"/>
+    </row>
+    <row r="42" spans="2:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="B42" s="10">
+        <f t="shared" si="1"/>
+        <v>37</v>
+      </c>
+      <c r="C42" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="C16" s="2" t="s">
-[...11 lines deleted...]
-        <f t="shared" si="0"/>
+      <c r="D42" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="E42" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="C17" s="4" t="s">
-[...11 lines deleted...]
-        <f t="shared" si="0"/>
+    </row>
+    <row r="43" spans="2:5" ht="141.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B43" s="10">
+        <f t="shared" si="1"/>
+        <v>38</v>
+      </c>
+      <c r="C43" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="C18" s="2" t="s">
-[...11 lines deleted...]
-        <f t="shared" si="0"/>
+      <c r="D43" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E43" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="C19" s="2" t="s">
-[...11 lines deleted...]
-        <f t="shared" si="0"/>
+    </row>
+    <row r="44" spans="2:5" ht="115.2" x14ac:dyDescent="0.3">
+      <c r="B44" s="10">
+        <f t="shared" si="1"/>
+        <v>39</v>
+      </c>
+      <c r="C44" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="C20" s="2" t="s">
-[...11 lines deleted...]
-        <f t="shared" si="0"/>
+      <c r="D44" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C21" s="2" t="s">
-[...11 lines deleted...]
-        <f t="shared" si="0"/>
+      <c r="E44" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="C22" s="2" t="s">
-[...11 lines deleted...]
-        <f t="shared" si="0"/>
+    </row>
+    <row r="45" spans="2:5" ht="133.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B45" s="10">
+        <f t="shared" si="1"/>
+        <v>40</v>
+      </c>
+      <c r="C45" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="C23" s="2" t="s">
-[...11 lines deleted...]
-        <f t="shared" si="0"/>
+      <c r="D45" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="E45" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="C24" s="4" t="s">
-[...11 lines deleted...]
-        <f t="shared" si="0"/>
+    </row>
+    <row r="46" spans="2:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="B46" s="10">
+        <f t="shared" si="1"/>
+        <v>41</v>
+      </c>
+      <c r="C46" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="C25" s="4" t="s">
-[...11 lines deleted...]
-        <f t="shared" si="0"/>
+      <c r="D46" s="4" t="s">
         <v>21</v>
       </c>
-      <c r="C26" s="4" t="s">
-[...11 lines deleted...]
-        <f t="shared" si="0"/>
+      <c r="E46" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="C27" s="4" t="s">
-[...11 lines deleted...]
-        <f t="shared" si="0"/>
+    </row>
+    <row r="47" spans="2:5" ht="151.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B47" s="10">
+        <f t="shared" si="1"/>
+        <v>42</v>
+      </c>
+      <c r="C47" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="C28" s="4" t="s">
-[...11 lines deleted...]
-        <f t="shared" si="0"/>
+      <c r="D47" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="E47" s="4" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="48" spans="2:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="B48" s="10">
+        <f t="shared" si="1"/>
+        <v>43</v>
+      </c>
+      <c r="C48" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="C29" s="2" t="s">
-[...11 lines deleted...]
-        <f t="shared" si="0"/>
+      <c r="D48" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="E48" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="C30" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D30" s="4" t="s">
+    </row>
+    <row r="49" spans="2:5" ht="141" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B49" s="10">
+        <f t="shared" si="1"/>
+        <v>44</v>
+      </c>
+      <c r="C49" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="E49" s="4" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="50" spans="2:5" ht="129.6" x14ac:dyDescent="0.3">
+      <c r="B50" s="10">
+        <f t="shared" si="1"/>
+        <v>45</v>
+      </c>
+      <c r="C50" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="D50" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="E50" s="4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="51" spans="2:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="B51" s="10">
+        <f t="shared" si="1"/>
+        <v>46</v>
+      </c>
+      <c r="C51" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D51" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="E51" s="4" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="52" spans="2:5" ht="114" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B52" s="10">
+        <f t="shared" si="1"/>
         <v>47</v>
       </c>
-      <c r="E30" s="4" t="s">
-[...11 lines deleted...]
-      <c r="D31" s="4" t="s">
+      <c r="C52" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D52" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="E52" s="4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="53" spans="2:5" ht="72" x14ac:dyDescent="0.3">
+      <c r="B53" s="10">
+        <f t="shared" si="1"/>
         <v>48</v>
       </c>
-      <c r="E31" s="4" t="s">
-[...11 lines deleted...]
-      <c r="D32" s="4" t="s">
+      <c r="C53" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="E53" s="4" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="54" spans="2:5" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="B54" s="10">
+        <f t="shared" si="1"/>
         <v>49</v>
       </c>
-      <c r="E32" s="4" t="s">
-[...11 lines deleted...]
-      <c r="D33" s="4" t="s">
+      <c r="C54" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="E54" s="4" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="55" spans="2:5" ht="158.4" x14ac:dyDescent="0.3">
+      <c r="B55" s="10">
+        <f t="shared" si="1"/>
         <v>50</v>
       </c>
-      <c r="E33" s="4" t="s">
-[...11 lines deleted...]
-      <c r="D34" s="4" t="s">
+      <c r="C55" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="E55" s="4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="56" spans="2:5" ht="158.4" x14ac:dyDescent="0.3">
+      <c r="B56" s="10">
+        <f t="shared" si="1"/>
         <v>51</v>
       </c>
-      <c r="E34" s="4" t="s">
-[...11 lines deleted...]
-      <c r="D35" s="4" t="s">
+      <c r="C56" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D56" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="E56" s="4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="57" spans="2:5" ht="87" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B57" s="10">
+        <f t="shared" si="1"/>
         <v>52</v>
       </c>
-      <c r="E35" s="4" t="s">
-[...155 lines deleted...]
-        <f t="shared" si="0"/>
+      <c r="C57" s="4" t="s">
         <v>41</v>
       </c>
-      <c r="C46" s="4" t="s">
-[...11 lines deleted...]
-        <f t="shared" si="0"/>
+      <c r="D57" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="E57" s="4" t="s">
         <v>42</v>
       </c>
-      <c r="C47" s="4" t="s">
-[...67 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <mergeCells count="1">
+  <mergeCells count="2">
     <mergeCell ref="B2:E2"/>
+    <mergeCell ref="E10:E11"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="E21" r:id="rId1" xr:uid="{D2D6C078-210E-4B7A-9AAC-9FC82CE3D4DC}"/>
-[...7 lines deleted...]
-    <hyperlink ref="E8" r:id="rId9" display="https://rst.nobl.ru/activity/6749/?nav-documents=page-15" xr:uid="{B3A29FB3-E35E-4FD2-9384-60261730C091}"/>
+    <hyperlink ref="E27" r:id="rId1"/>
+    <hyperlink ref="E28" r:id="rId2"/>
+    <hyperlink ref="E19" r:id="rId3"/>
+    <hyperlink ref="E20" r:id="rId4"/>
+    <hyperlink ref="E18" r:id="rId5"/>
+    <hyperlink ref="E15" r:id="rId6"/>
+    <hyperlink ref="E12" r:id="rId7"/>
+    <hyperlink ref="E13" r:id="rId8"/>
+    <hyperlink ref="E14" r:id="rId9" display="https://rst.nobl.ru/activity/6749/?nav-documents=page-15"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="45" fitToHeight="2" orientation="portrait" r:id="rId10"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>